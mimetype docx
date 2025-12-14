--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -7,1358 +7,1037 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E3E1763" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
+    <w:p w14:paraId="12A8B94C" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1764" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Muster - Statuten Hausverein</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD959CB" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
-        <w:numPr>
-[...4 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Name, Sitz und Zweck des Vereins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1765" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="4656C1FF" w14:textId="1A017D90" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Name und Sitz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1766" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="095D3A38" w14:textId="0F1A1052" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Unter dem Namen ............................ besteht ein Verein im Sinne von Art. 60ff des ZGB.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1767" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="588F1D01" w14:textId="772FCCCB" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Der Sitz des Vereins ist ............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1768" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="0558A514" w14:textId="617FA0F8" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Ziel und Zweck</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1769" w14:textId="287EF708" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="34C1B174" w14:textId="0EDCA1B0" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t xml:space="preserve">Der Verein ist ein Zusammenschluss der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bewohner:innen</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> der Liegenschaft ........................  Er regelt die Selbstorganisation der </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E66D3B">
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Bewohner:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00E66D3B">
-[...6 lines deleted...]
-    <w:p w14:paraId="4E3E176A" w14:textId="7B579CA2" w:rsidR="003F56B9" w:rsidRDefault="00567898" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> der Liegenschaft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C18A08" w14:textId="0B2FEFB5" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="4E3E176B" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Verwaltung der Liegenschaft in Selbstorganisation gemäss dem Selbstverwaltungsvertrag, den der Verein mit der Gesewo, der Eigentümerin der Liegenschaft, abschliesst.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD9150B" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Mitgliedschaft und Beiträge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E176C" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="5F09336A" w14:textId="25C4BA17" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Mitgliedschaft</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E176D" w14:textId="6B20DADA" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="7F06636A" w14:textId="72766631" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="4E3E176E" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Mitgliedschaft beginnt mit Unterzeichnung des Mietvertrags für eine Wohnung oder einen Gewerberaum. Jugendliche werden mit 18 Jahren Mitglied. Die Aufnahme erfolgt durch den Vor-stand [hier das Gremium einsetzen, das die Wohnung vergibt].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3320C7A7" w14:textId="5D5E6C32" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Die Mitgliedschaft gilt mit dem Auszugstermin als beendet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E176F" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="0B982C1C" w14:textId="34D6CFC8" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Beiträge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1770" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
-[...10 lines deleted...]
-    <w:p w14:paraId="4E3E1771" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
+    <w:p w14:paraId="67E0EADD" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Verein kann Mitgliederbeiträge erheben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9EFF12" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Untertitel"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Organisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1772" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="00AC26C4" w14:textId="19DFF011" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Organe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1773" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="6757DCC8" w14:textId="051B3E02" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t xml:space="preserve">Die Organe des Vereins sind: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1774" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+    <w:p w14:paraId="30BDCB9C" w14:textId="4D770412" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>die Mitgliederversammlung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1775" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+    <w:p w14:paraId="7C38F4A3" w14:textId="7F718093" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>der Vorstand</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1776" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+    <w:p w14:paraId="300E10AB" w14:textId="2A4C7019" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>die Bereichsverantwortlichen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1777" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+    <w:p w14:paraId="26A248EA" w14:textId="7AE5CA40" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>die Revisionsstelle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1778" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="3AD3F5DA" w14:textId="657A69CB" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Die Amtsdauer für den Vorstand, die Bereichsverantwortlichen und die Revisionsstelle beträgt ein Jahr. Eine Wiederwahl ist möglich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E1779" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="708B728D" w14:textId="69AFF4EA" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:lastRenderedPageBreak/>
         <w:t>Mitgliederversammlung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E177A" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="30B67A91" w14:textId="6E9F012C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Eine Mitgliederversammlung findet bei Bedarf statt, mindestens aber einmal jährlich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E177B" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="6388E384" w14:textId="009E5DB4" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Die Mitgliederversammlung ist das oberste Organ des Vereins. Ihr stehen folgende Befugnisse zu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E177C" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRPr="007267D4" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
-[...267 lines deleted...]
-    <w:p w14:paraId="4E3E178F" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
+    <w:p w14:paraId="158D2CCD" w14:textId="7CEBA625" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4E3E1790" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+        <w:ind w:left="851" w:hanging="284"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Festsetzung und Änderungen der Vereinsstatuten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FC72E3" w14:textId="1FA1965A" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1791" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Wahl des Präsidiums, des Vorstands und der Revisionsstelle,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D05411" w14:textId="0B455ACC" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1792" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Wahl der Bereichsverantwortlichen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6135F5B4" w14:textId="265C118C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1793" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002B7897">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Abnahme des Jahresberichts, der Jahresrechnung, des Budgets sowie der Revision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1FD8F3" w14:textId="6293C4C6" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1794" w14:textId="23CAFEE5" w:rsidR="003F56B9" w:rsidRPr="007267D4" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Entlastung des Vorstands,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D2C4F5" w14:textId="5EC62D4D" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Genehmigung des Geschäftsreglements,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EDACD62" w14:textId="5F47E1FA" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Festlegen des Mitgliederbeitrags (sofern einer erhoben wird),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B061565" w14:textId="379BAAE1" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Genehmigung und Kündigung des Selbstverwaltungsvertrags mit der Gesewo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="136FBA02" w14:textId="16714F84" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Genehmigung der Organisationsstruktur des Vereins,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403F8AEF" w14:textId="3E5EF24C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Antrag an die Gesewo auf Ausschluss </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>eine:r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Mieter:in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> aus der Genossenschaft und Kündigung des Mietverhältnisses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C1D31B" w14:textId="1F6EFE09" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Antrag an die Gesewo für Erneuerungen, Um- und Neubauten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC9C50" w14:textId="1F54F9E0" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Beschlussfassung über Anträge von Mitgliedern auf </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Traktandierung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> von Geschäften, so-weit diese der Beschlussfassung durch die Mitgliederversammlung unterliegen und die-se dem Vorstand bis spätestens 30 Tage vor der Mitgliederversammlung eingereicht wurden,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729552F2" w14:textId="1702D040" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Aufnahme von </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Untermieter:innen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> in den Verein,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659BFC5B" w14:textId="11D383AA" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Festlegen der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Hauswartsentschädigung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> gem. Art. 11,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2D255F" w14:textId="4C9D22C2" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Erlass einer Hausordnung und von Regeln für das Zusammenleben im Haus,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFF8015" w14:textId="2D45F84A" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Beschluss über alles Weitere, das der Mitgliederversammlung vom Vorstand unterbreitet wird. Über ein nicht traktandiertes Geschäft kann kein Beschluss gefällt werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E185EA" w14:textId="3DE16147" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r w:rsidRPr="007267D4">
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1795" w14:textId="77777777" w:rsidR="00465B88" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Eine Mitgliederversammlung wird durch den Vorstand mindestens 20 Tage im Voraus unter Bekanntgabe der Traktanden und der Anträge schriftlich einberufen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DB2524" w14:textId="1383F008" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r w:rsidRPr="007267D4">
-[...8 lines deleted...]
-    <w:p w14:paraId="4E3E1797" w14:textId="3DA15442" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Vertreter:innen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> der Gesewo können mit beratender Stimme an der Mitgliederversammlung teilnehmen. Die Gesewo erhält deshalb eine Einladung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462CCCB1" w14:textId="257F7CA8" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="4E3E1798" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRPr="002B7897" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Eine Mitgliederversammlung ist einzuberufen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB56A62" w14:textId="4157A8D6" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B7897">
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E1799" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRPr="002B7897" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>auf Vorstandsbeschluss,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBF0167" w14:textId="352EE649" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>wenn mindestens ein Drittel der Mitglieder dies schriftlich beim Präsidium verlangen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A5910E" w14:textId="78D9AE80" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>wenn eine vorhergehende Mitgliederversammlung dies beschlossen hat,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BA883F" w14:textId="7F25CB78" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>auf Begehren der Revisionsstelle,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C09C1A2" w14:textId="648E3C33" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>auf Begehren der Gesewo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D566182" w14:textId="48726DBA" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Jedes anwesende Mitglied verfügt über eine Stimme. Bei Beschlüssen über die Entlastung des Vorstands haben die Vorstandsmitglieder kein Stimmrecht. Beschlüsse werden unter Vorbehalt der gesetzlichen und statutarischen Bestimmungen mit einfachem Mehr der Anwesenden gefasst. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E7833C" w14:textId="6462FEAD" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Die Hälfte der Mitglieder kann innerhalb von zehn Tagen nach der Veröffentlichung des Protokolls einen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Rückkommensantrag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> zu einem Entscheid stellen, wenn zum Zeitpunkt der Abstimmung weniger als ein Drittel der Mitglieder anwesend war. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B5E2E0" w14:textId="7052F790" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Eine Zustimmung mit einer Dreiviertelmehrheit aller Anwesenden und der Hälfte der Mitglieder ist erforderlich für:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50CD55DC" w14:textId="456DB7F3" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B7897">
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E179A" w14:textId="712A433D" w:rsidR="003F56B9" w:rsidRPr="002B7897" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Statutenänderungen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7063B262" w14:textId="0FC9D8BD" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
-        <w:numPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002B7897">
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Antrag an die Gesewo auf Ausschluss aus der Genossenschaft und Kündigung eines Miet-verhältnisses,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBF5529" w14:textId="09DC54E1" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Listeabc"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Kündigung des Selbstverwaltungsvertrags,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E179B" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRPr="002B7897" w:rsidRDefault="003F56B9" w:rsidP="00AF2255">
+    <w:p w14:paraId="3632CD9A" w14:textId="3F5A9A99" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Listeabc"/>
-        <w:numPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="002B7897">
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Auflösung oder Fusion des Vereins.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E179C" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+    <w:p w14:paraId="56066044" w14:textId="02B24A6C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Veröffentlichung des Beschlussprotokolls gemäss Art. 16 muss spätestens vierzehn Tage nach der Versammlung erfolgen. Die Gesewo erhält eine Kopie des Protokolls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA7E9F1" w14:textId="747B25D8" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Vorstand</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC6A934" w14:textId="4FD710A6" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Vorstand besteht aus dem Präsidium und mindestens zwei weiteren Mitgliedern, insgesamt mindestens drei Personen. Er konstituiert sich selbst. Unterschriftsberechtigung haben die Vo</w:t>
+      </w:r>
+      <w:r w:rsidR="0062505C">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>standsmitglieder zu zweien.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095603E4" w14:textId="08A69F21" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Vorstand ist Ansprechpartner für die Gesewo in Sachen Hausverwaltung und Unterhalt. Er ist Aufsichtsorgan über die Bereichsverantwortlichen. Im Übrigen ist der Vorstand für alle Vereinsgeschäfte zuständig, welche nicht anderen Organen des Vereins statutarisch vorbehalten sind. Ein Geschäftsreglement kann die Befugnisse, Aufgaben und Entschädigungen des Vor-stands umschreiben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DFE6B1" w14:textId="6D76B928" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Es ist ein Beschlussprotokoll zu führen und gemäss Art. 16 zu veröffentlichen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA1FC39" w14:textId="6151DF92" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bereichsverantwortliche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04561471" w14:textId="78B11988" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Bereichsverantwortlichen sind die Organe des Vereins für die Selbstverwaltung gemäss Selbstverwaltungsvertrag mit der Gesewo, sowie nach den Bedürfnissen der Mitglieder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755ADEBB" w14:textId="1E0B384C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Die Mitgliederversammlung wählt die Bereichsverantwortlichen. Es ist sicherzustellen, dass alle </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bewohner:innen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> die Gelegenheit haben, sich für eine Mitarbeit zu melden. Eine Zusage zur Mit-arbeit ist verbindlich. Falls kein geeignetes Mitglied gefunden werden kann, kann auch eine ex-terne natürliche oder juristische Person als bereichsverantwortlich bezeichnet werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1FA82A" w14:textId="2592B02A" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Ein Pflichtenheft umschreibt die Kompetenzen, Befugnisse, Aufgaben und Entschädigungen eines Bereichsverantwortlichen und wird vom Vorstand genehmigt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B833363" w14:textId="0C7CAAF8" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Personen, die Instandstellungs- oder Hauswartungsarbeiten ausführen, verfügen über das nötige Fachwissen und die erforderlichen Fertigkeiten. Um den Werterhalt des Gebäudes sicherzuste</w:t>
+      </w:r>
       <w:r>
-        <w:t>Die Veröffentlichung des Beschlussprotokolls gemäss Art. 16 muss spätestens vierzehn Tage nach der Versammlung erfolgen. Die Gesewo erhält eine Kopie des Protokolls.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E3E179D" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>len, müssen die Arbeiten gemäss Checkliste Unterhalt der Gesewo ausgeführt werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23575EE5" w14:textId="04F3A9C5" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E179E" w14:textId="595BA07B" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Revisionsstelle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E02977" w14:textId="53CD1C1D" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...100 lines deleted...]
-        <w:t xml:space="preserve">Die Mitgliederversammlung wählt die Bereichsverantwortlichen. Es ist sicherzustellen, dass alle </w:t>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Die Mitgliederversammlung wählt zwei </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>innen</w:t>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Revisor:innen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="56C46BC0" w14:textId="6FA30876" w:rsidR="005253D5" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>, welche die Buchführung der Vereinskasse kontrollieren.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A3B5DC" w14:textId="23E75E1F" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="0B5A736E" w14:textId="6B41CC69" w:rsidR="002B7897" w:rsidRPr="005253D5" w:rsidRDefault="005253D5" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Revisionsstelle erstattet dem Vorstand zuhanden der Mitgliederversammlung Bericht.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A547B67" w14:textId="00737314" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Finanzen </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="660EDACF" w14:textId="6E062966" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w14:paraId="4E3E17A6" w14:textId="7643AA1C" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Verein finanziert seine Tätigkeit durch den Beitrag zur Förderung der Selbstverwaltung und Gemeinschaftsentwicklung, welcher von der Gesewo über den Mietzins erhoben wird, den allfälligen Mitgliederbeiträgen, weiteren eigenen Erträgen und dem Vereinsvermögen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ED3777" w14:textId="3EE5538A" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Für die Aufgaben im Bereich Hauswartung/Unterhalt erhält der Verein jährlich eine Unterhaltspauschale gemäss Selbstverwaltungsvertrag mit der Gesewo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4175BFF3" w14:textId="53B6CF3A" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Für die Verbindlichkeit des Vereins haftet ausschliesslich das Vereinsvermögen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D51A072" w14:textId="0495A254" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Vereinsrechnung wird auf den 31. Dezember abgeschlossen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F852715" w14:textId="23A6E418" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="4E3E17A7" w14:textId="2E630FC6" w:rsidR="003F56B9" w:rsidRDefault="00453D0C" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Rechte und Pflichten der Mitglieder </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52391929" w14:textId="3FC9322B" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
       <w:pPr>
         <w:pStyle w:val="Liste11"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Die Mitgliederversammlung wählt zwei </w:t>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Jedes Mitglied ist im Rahmen seiner Möglichkeiten verpflichtet, sich an den Arbeiten gemäss den Beschlüssen der Mitgliederversammlung und des Vorstands zu beteiligen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73870D23" w14:textId="216381F7" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Kommt ein Mitglied seinen Pflichten trotz zweimaliger schriftlicher Mahnung nicht nach, so hat es eine </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Hauswartsentschädigung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> zu entrichten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0FF05A" w14:textId="3319A4F5" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Im Übrigen gelten die Beschlüsse der Organe des Vereins und die Bestimmungen des Selbstverwaltungsvertrags.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41847141" w14:textId="3F51759C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Wohnungsvermietung und -belegung </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F9AC2C" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Laut Gesewo-Statuten steht dem Verein das Vorschlagsrecht für Neuvermietungen zu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554EDA7E" w14:textId="50C92F28" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Verein organisiert das Auswahlverfahren und legt die Auswahlkriterien fest. Dabei sind die Bestimmungen des Selbstverwaltungsvertrags und der Statuten der Gesewo anzuwenden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D20EAB1" w14:textId="5EE7F303" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Schlichtungsverfahren </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D856C1" w14:textId="0362AEC2" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bei Streitigkeiten zwischen Mitgliedern und dem Verein oder dessen Organen, oder zwischen einzelnen Mitgliedern – soweit es auch die Angelegenheiten des Vereins betrifft – ist vor Beschreiten des Rechtsweges ein internes Schlichtungsverfahren durchzuführen. Die Gesewo bietet entsprechende Lösungen und Begleitung an. Können sich die beteiligten Parteien innerhalb von 20 Tagen nach schriftlicher Aufforderung der einen Partei an die andere nicht auf eine Schlichtperson einigen, so wird diese auf Begehren einer Partei durch die Gesewo bestimmt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4084E468" w14:textId="0C881816" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
+      <w:pPr>
+        <w:pStyle w:val="Liste1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Antrag auf Ausschluss aus der Gesewo und Kündigung des Mietvertrags</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="453B4FC3" w14:textId="5C10C09C" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Verstösst ein Mitglied gegen die anerkannten Regeln des Zusammenlebens oder ist aus anderen wichtigen Gründen dessen Verbleib den anderen </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bewohner:innen</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...19 lines deleted...]
-    <w:p w14:paraId="4E3E17AC" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve"> nicht mehr zumutbar, kann der Verein der Gesewo Antrag auf Ausschluss aus der Genossenschaft und Kündigung des Mietvertrags stellen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6FBE7D" w14:textId="1C87A653" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Datenschutz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEB824C" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Der Verein erhebt von den Mitgliedern ausschliesslich diejenigen Personendaten, die zur Erfüllung des Vereinszwecks notwendig sind. Der Vorstand sorgt für eine dem Risiko angemessene Sicherheit der Daten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F282FE" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Die Mitgliederdaten, namentlich der Name, die Adresse, die Telefonnummer sowie die E-Mail-Adresse [allenfalls weitere Daten aufführen], werden sämtlichen Vereinsmitgliedern bekanntgegeben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F97F488" w14:textId="1B0475C0" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Eine Bekanntgabe der Daten an Dritte erfolgt nur im Rahmen einer gesetzlich zulässigen Auftragsbearbeitung und wenn dies gesetzlich vorgeschrieben ist oder behördlich angeordnet wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138CF056" w14:textId="7EBC6437" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Finanzen </w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="4E3E17B0" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+        <w:t>Die Bearbeitung der Mitgliederdaten erfolgt im Übrigen nach den Bestimmungen der schweizerischen Datenschutzgesetzgebung und der Datenschutzerklärung des Hausvereins sowie der Datenschutzerklärung der Gesewo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20ECBF14" w14:textId="1BC16322" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-    <w:p w14:paraId="4E3E17B4" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t xml:space="preserve">Auflösung, Fusion </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356B1FB5" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bei Auflösung des Vereins wird die Liquidation durch den Vorstand vorgenommen. Ein Liquidations-überschuss geht an die Gesewo zur Amortisation des Anlagewerts der betreffenden Liegenschaft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AC3A7E" w14:textId="35EDB326" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="4E3E17B7" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="00EF55D6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bekanntmachungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4CE884" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>Bekanntmachungen erfolgen in einer der Sache und Wichtigkeit angemessenen Form, durch Anschlag an der Informationstafel oder mit schriftlicher Mitteilung an die Mitglieder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1480C348" w14:textId="52B06E47" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00B62799">
       <w:pPr>
         <w:pStyle w:val="Liste1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk162255802"/>
-[...171 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Geltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E17C2" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
-      <w:r>
+    <w:p w14:paraId="2AD064E5" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
         <w:t xml:space="preserve">Die Statuten wurden an der Mitgliederversammlung vom ....................... in .......................... </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E17C3" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9">
-[...18 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17BB6076" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>[einstimmig] angenommen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A705C59" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6"/>
+    <w:p w14:paraId="13936EC4" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
+        <w:t>..............................., den ...............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0D2408" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6"/>
+    <w:p w14:paraId="052BFDAF" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6">
+      <w:r w:rsidRPr="00A445C6">
         <w:t>Hausverein ........................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E3E17C8" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="003F56B9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4E3E17CA" w14:textId="7209A16F" w:rsidR="003F56B9" w:rsidRDefault="000570AD" w:rsidP="00521556">
+    <w:p w14:paraId="03AFCD96" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6"/>
+    <w:p w14:paraId="0A6EB103" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRPr="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="00A445C6"/>
+    <w:p w14:paraId="0232F96D" w14:textId="77777777" w:rsidR="00B62799" w:rsidRDefault="00B62799" w:rsidP="00B62799">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5046"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Präsident:in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00323483">
+      <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003F56B9">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-        <w:t>in</w:t>
+        <w:t>Protokollführer:in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4E3E17CB" w14:textId="77777777" w:rsidR="00323483" w:rsidRDefault="00323483" w:rsidP="00323483">
+    <w:p w14:paraId="78977E25" w14:textId="77777777" w:rsidR="00B62799" w:rsidRDefault="00B62799" w:rsidP="00B62799">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3E17CC" w14:textId="77777777" w:rsidR="00323483" w:rsidRDefault="00323483" w:rsidP="00323483">
+    <w:p w14:paraId="66CF5072" w14:textId="77777777" w:rsidR="00B62799" w:rsidRDefault="00B62799" w:rsidP="00B62799">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8505"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E3E17CD" w14:textId="77777777" w:rsidR="00323483" w:rsidRDefault="00323483" w:rsidP="00521556">
+    <w:p w14:paraId="51745437" w14:textId="20CB8A52" w:rsidR="004716E7" w:rsidRDefault="00B62799" w:rsidP="00B62799">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5046"/>
           <w:tab w:val="left" w:leader="dot" w:pos="8448"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00323483" w:rsidSect="001F4B35">
+    <w:sectPr w:rsidR="004716E7" w:rsidSect="001F4B35">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="851" w:bottom="1701" w:left="1701" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55714C34" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002E3F12">
+    <w:p w14:paraId="3662DF9F" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="002E3F12">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7313A074" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002E3F12">
+    <w:p w14:paraId="7D09E560" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="002E3F12">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1368,183 +1047,183 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4E3E17D2" w14:textId="67E1BB29" w:rsidR="002E3F12" w:rsidRPr="002E3F12" w:rsidRDefault="002E3F12">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="59068665" w14:textId="108BF9D0" w:rsidR="00670550" w:rsidRPr="002E3F12" w:rsidRDefault="00670550">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002E3F12">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002E3F12">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="002E3F12">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00483BEF">
+    <w:r w:rsidR="00AD489B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
-      <w:t>ges_Musterstatuten Hausverein_25 02 11</w:t>
+      <w:t>ges_Musterstatuten Hausverein_25 11 04.docx</w:t>
     </w:r>
     <w:r w:rsidRPr="002E3F12">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4E3E17D3" w14:textId="7655A4F7" w:rsidR="00770B8D" w:rsidRPr="005D2F39" w:rsidRDefault="00F241F8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C77C35B" w14:textId="172A6873" w:rsidR="009905FB" w:rsidRPr="00154145" w:rsidRDefault="00670550">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D2F39">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="005D2F39">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="005D2F39">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00483BEF">
+    <w:r w:rsidR="00AD489B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
-      <w:t>ges_Musterstatuten Hausverein_25 02 11</w:t>
+      <w:t>ges_Musterstatuten Hausverein_25 11 04.docx</w:t>
     </w:r>
     <w:r w:rsidRPr="005D2F39">
       <w:rPr>
         <w:sz w:val="11"/>
         <w:szCs w:val="11"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r w:rsidR="009905FB" w:rsidRPr="00154145">
+      <w:rPr>
+        <w:sz w:val="11"/>
+        <w:szCs w:val="11"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="345CD5CB" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002E3F12">
+    <w:p w14:paraId="186278E4" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="002E3F12">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73D3C17A" w14:textId="77777777" w:rsidR="003F56B9" w:rsidRDefault="003F56B9" w:rsidP="002E3F12">
+    <w:p w14:paraId="5200C8BA" w14:textId="77777777" w:rsidR="00A445C6" w:rsidRDefault="00A445C6" w:rsidP="002E3F12">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000005"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3A80BC18"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Traktandum"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11BA3ABD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98381B02"/>
     <w:lvl w:ilvl="0" w:tplc="A27275FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1634,150 +1313,150 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D6548DA"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:nsid w:val="1B390661"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7D0AD4C"/>
+    <w:lvl w:ilvl="0" w:tplc="084C9CC6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...85 lines deleted...]
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="266355CB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45FC2AF0"/>
+    <w:lvl w:ilvl="0" w:tplc="08070019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1941,139 +1620,148 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A184767"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4AC0FF90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Protokollaufzhlung"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5B40651E"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="57A22832"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7098F982"/>
+    <w:lvl w:ilvl="0" w:tplc="6AB065FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1">
+      <w:pStyle w:val="AbsatzStatuten"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:vertAlign w:val="superscript"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...1 lines deleted...]
-        <w:ind w:left="3240" w:hanging="360"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70606CF3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="511278BA"/>
+    <w:tmpl w:val="6C183F58"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liste1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liste11"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
@@ -2117,480 +1805,524 @@
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D5C1201"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E520847A"/>
-    <w:lvl w:ilvl="0" w:tplc="A1746132">
+    <w:tmpl w:val="C756DDEA"/>
+    <w:lvl w:ilvl="0" w:tplc="1DC2EB86">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Listeabc"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="180"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="180"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1236432890">
+  <w:num w:numId="1" w16cid:durableId="2009601617">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="705376691">
+  <w:num w:numId="2" w16cid:durableId="1375545769">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2048988056">
+  <w:num w:numId="3" w16cid:durableId="1964464019">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1090195992">
+  <w:num w:numId="4" w16cid:durableId="1372417512">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="531962184">
+  <w:num w:numId="5" w16cid:durableId="1602764946">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="54742267">
+  <w:num w:numId="6" w16cid:durableId="1737509589">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1343431981">
+  <w:num w:numId="7" w16cid:durableId="304043416">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1239091568">
+  <w:num w:numId="8" w16cid:durableId="91166093">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1932859260">
+  <w:num w:numId="9" w16cid:durableId="768623267">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="10224547">
+  <w:num w:numId="10" w16cid:durableId="392657359">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="747580112">
+  <w:num w:numId="11" w16cid:durableId="1567687668">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1604342717">
+  <w:num w:numId="12" w16cid:durableId="1474980461">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1852715706">
+  <w:num w:numId="13" w16cid:durableId="14041222">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1508666945">
+  <w:num w:numId="14" w16cid:durableId="1795635673">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1791048722">
+  <w:num w:numId="15" w16cid:durableId="611127872">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="50815990">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1439982132">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1291786445">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="30879926">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1181121691">
-[...8 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="1495562673">
+  <w:num w:numId="20" w16cid:durableId="794952288">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1168519259">
+  <w:num w:numId="21" w16cid:durableId="817766343">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1112171957">
+  <w:num w:numId="22" w16cid:durableId="1468359229">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003F56B9"/>
+    <w:rsidRoot w:val="00A445C6"/>
     <w:rsid w:val="00040DE7"/>
-    <w:rsid w:val="000570AD"/>
+    <w:rsid w:val="00053A6E"/>
+    <w:rsid w:val="00054E86"/>
+    <w:rsid w:val="00061AE8"/>
     <w:rsid w:val="00067B4E"/>
+    <w:rsid w:val="00073921"/>
+    <w:rsid w:val="0008553E"/>
+    <w:rsid w:val="00095959"/>
+    <w:rsid w:val="000A1E80"/>
     <w:rsid w:val="000B7646"/>
+    <w:rsid w:val="000F652F"/>
     <w:rsid w:val="001017BC"/>
+    <w:rsid w:val="00105457"/>
+    <w:rsid w:val="00111440"/>
     <w:rsid w:val="001149CD"/>
+    <w:rsid w:val="001170B5"/>
     <w:rsid w:val="001277F4"/>
-    <w:rsid w:val="00160DCF"/>
+    <w:rsid w:val="001318CD"/>
+    <w:rsid w:val="001564EA"/>
     <w:rsid w:val="00165AC0"/>
-    <w:rsid w:val="0017304E"/>
     <w:rsid w:val="001A2369"/>
+    <w:rsid w:val="001A6FCD"/>
     <w:rsid w:val="001B26A9"/>
+    <w:rsid w:val="001D483D"/>
     <w:rsid w:val="001F4B35"/>
     <w:rsid w:val="00216B8B"/>
-    <w:rsid w:val="00231DAA"/>
-    <w:rsid w:val="00236287"/>
+    <w:rsid w:val="00245BE4"/>
     <w:rsid w:val="00251C0B"/>
     <w:rsid w:val="002534CC"/>
     <w:rsid w:val="00280C4E"/>
-    <w:rsid w:val="00286270"/>
-    <w:rsid w:val="00296F61"/>
+    <w:rsid w:val="00282363"/>
+    <w:rsid w:val="00283FB6"/>
+    <w:rsid w:val="00296643"/>
+    <w:rsid w:val="002A0E2E"/>
     <w:rsid w:val="002A1577"/>
-    <w:rsid w:val="002B7897"/>
     <w:rsid w:val="002D365D"/>
     <w:rsid w:val="002E3F12"/>
     <w:rsid w:val="002E571B"/>
-    <w:rsid w:val="00315A95"/>
-    <w:rsid w:val="00323483"/>
+    <w:rsid w:val="00323881"/>
     <w:rsid w:val="00326CCE"/>
     <w:rsid w:val="003314D9"/>
-    <w:rsid w:val="003A4B67"/>
+    <w:rsid w:val="0033395D"/>
+    <w:rsid w:val="00372EFF"/>
     <w:rsid w:val="003A4CFE"/>
-    <w:rsid w:val="003F30C7"/>
-    <w:rsid w:val="003F56B9"/>
+    <w:rsid w:val="003B3751"/>
+    <w:rsid w:val="003C79F1"/>
+    <w:rsid w:val="003D3D85"/>
+    <w:rsid w:val="003F3E62"/>
     <w:rsid w:val="003F7BBA"/>
     <w:rsid w:val="0040761C"/>
     <w:rsid w:val="004111A9"/>
     <w:rsid w:val="0041197C"/>
     <w:rsid w:val="00423307"/>
-    <w:rsid w:val="004308EF"/>
     <w:rsid w:val="0044300F"/>
-    <w:rsid w:val="00447F7F"/>
     <w:rsid w:val="004535FA"/>
-    <w:rsid w:val="00453D0C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="004E23E5"/>
+    <w:rsid w:val="00453CEC"/>
+    <w:rsid w:val="004716E7"/>
+    <w:rsid w:val="00476C5A"/>
+    <w:rsid w:val="0048771A"/>
     <w:rsid w:val="004E396E"/>
     <w:rsid w:val="004E54A0"/>
     <w:rsid w:val="004F4285"/>
+    <w:rsid w:val="005042FA"/>
+    <w:rsid w:val="0050707B"/>
     <w:rsid w:val="00510806"/>
-    <w:rsid w:val="00513EA1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005253D5"/>
+    <w:rsid w:val="00515B35"/>
     <w:rsid w:val="005442C7"/>
-    <w:rsid w:val="00567898"/>
+    <w:rsid w:val="005445BB"/>
+    <w:rsid w:val="00546A5E"/>
+    <w:rsid w:val="00550482"/>
+    <w:rsid w:val="0055223B"/>
+    <w:rsid w:val="00566046"/>
+    <w:rsid w:val="005932D7"/>
     <w:rsid w:val="005C1659"/>
-    <w:rsid w:val="005D2D16"/>
-    <w:rsid w:val="005F5692"/>
+    <w:rsid w:val="005C6B61"/>
+    <w:rsid w:val="005D20F2"/>
+    <w:rsid w:val="005E281F"/>
+    <w:rsid w:val="00615260"/>
+    <w:rsid w:val="0062505C"/>
     <w:rsid w:val="006351BB"/>
-    <w:rsid w:val="00637E04"/>
     <w:rsid w:val="00640549"/>
     <w:rsid w:val="006478A1"/>
+    <w:rsid w:val="00670550"/>
+    <w:rsid w:val="00674C5F"/>
     <w:rsid w:val="006833C4"/>
     <w:rsid w:val="006B37F1"/>
     <w:rsid w:val="006C79C5"/>
+    <w:rsid w:val="006D359B"/>
     <w:rsid w:val="006D4AE0"/>
+    <w:rsid w:val="006F51F3"/>
+    <w:rsid w:val="00702F44"/>
     <w:rsid w:val="00714571"/>
-    <w:rsid w:val="00722B07"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00760BDC"/>
+    <w:rsid w:val="007270D2"/>
+    <w:rsid w:val="00733060"/>
     <w:rsid w:val="0076302E"/>
     <w:rsid w:val="00770B8D"/>
+    <w:rsid w:val="007768A2"/>
+    <w:rsid w:val="00777CFF"/>
+    <w:rsid w:val="00786C28"/>
     <w:rsid w:val="007A11AC"/>
     <w:rsid w:val="007B043A"/>
-    <w:rsid w:val="007B3950"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007F23B4"/>
+    <w:rsid w:val="007B0981"/>
     <w:rsid w:val="00800276"/>
-    <w:rsid w:val="0080364B"/>
+    <w:rsid w:val="00801616"/>
     <w:rsid w:val="00805318"/>
+    <w:rsid w:val="008326A9"/>
     <w:rsid w:val="0084521F"/>
     <w:rsid w:val="00851B6B"/>
     <w:rsid w:val="0086332F"/>
-    <w:rsid w:val="00870388"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008942D1"/>
     <w:rsid w:val="00896F37"/>
     <w:rsid w:val="0089763A"/>
     <w:rsid w:val="008A7AAC"/>
-    <w:rsid w:val="008D40B8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00907DC5"/>
+    <w:rsid w:val="008C3288"/>
+    <w:rsid w:val="008D2093"/>
+    <w:rsid w:val="008F5819"/>
+    <w:rsid w:val="00912FF1"/>
+    <w:rsid w:val="00917822"/>
+    <w:rsid w:val="00927F97"/>
+    <w:rsid w:val="0093646C"/>
     <w:rsid w:val="00944523"/>
+    <w:rsid w:val="009537F9"/>
+    <w:rsid w:val="0096161C"/>
     <w:rsid w:val="00974B5D"/>
-    <w:rsid w:val="009A5E39"/>
+    <w:rsid w:val="009905FB"/>
+    <w:rsid w:val="009A51C0"/>
     <w:rsid w:val="009B2C04"/>
-    <w:rsid w:val="00A1741E"/>
+    <w:rsid w:val="009D1A2F"/>
+    <w:rsid w:val="009E6A3B"/>
+    <w:rsid w:val="009F7121"/>
+    <w:rsid w:val="00A109CD"/>
     <w:rsid w:val="00A21E10"/>
-    <w:rsid w:val="00A22B55"/>
-    <w:rsid w:val="00A32745"/>
     <w:rsid w:val="00A37D1C"/>
+    <w:rsid w:val="00A40991"/>
+    <w:rsid w:val="00A41B7C"/>
+    <w:rsid w:val="00A445C6"/>
+    <w:rsid w:val="00A471B5"/>
     <w:rsid w:val="00A53D0A"/>
     <w:rsid w:val="00A604E5"/>
-    <w:rsid w:val="00A73E13"/>
+    <w:rsid w:val="00A60A19"/>
+    <w:rsid w:val="00A72360"/>
+    <w:rsid w:val="00A73684"/>
+    <w:rsid w:val="00A757C1"/>
     <w:rsid w:val="00A94A56"/>
     <w:rsid w:val="00A95AB3"/>
     <w:rsid w:val="00AA61E7"/>
+    <w:rsid w:val="00AB47D4"/>
+    <w:rsid w:val="00AB729B"/>
     <w:rsid w:val="00AC1648"/>
+    <w:rsid w:val="00AD489B"/>
     <w:rsid w:val="00AF0045"/>
-    <w:rsid w:val="00AF2255"/>
+    <w:rsid w:val="00B048C9"/>
+    <w:rsid w:val="00B23FA5"/>
+    <w:rsid w:val="00B35CE9"/>
+    <w:rsid w:val="00B52AA9"/>
+    <w:rsid w:val="00B62799"/>
     <w:rsid w:val="00B65FF6"/>
+    <w:rsid w:val="00B75FBC"/>
     <w:rsid w:val="00B76262"/>
-    <w:rsid w:val="00B878EE"/>
     <w:rsid w:val="00B93BB9"/>
     <w:rsid w:val="00BA0CE3"/>
+    <w:rsid w:val="00BB3CE9"/>
     <w:rsid w:val="00BF32DF"/>
     <w:rsid w:val="00BF4014"/>
     <w:rsid w:val="00C25724"/>
-    <w:rsid w:val="00C2745D"/>
+    <w:rsid w:val="00C26113"/>
     <w:rsid w:val="00C422FB"/>
+    <w:rsid w:val="00C63A5D"/>
+    <w:rsid w:val="00C7097E"/>
     <w:rsid w:val="00C90324"/>
     <w:rsid w:val="00C92811"/>
     <w:rsid w:val="00C92F9B"/>
     <w:rsid w:val="00C93ADA"/>
-    <w:rsid w:val="00C94A4E"/>
     <w:rsid w:val="00CA6ABB"/>
     <w:rsid w:val="00CB77D9"/>
-    <w:rsid w:val="00CF2267"/>
+    <w:rsid w:val="00CD3F7C"/>
+    <w:rsid w:val="00CE5792"/>
     <w:rsid w:val="00CF2E2A"/>
     <w:rsid w:val="00D003AD"/>
-    <w:rsid w:val="00D06BDC"/>
+    <w:rsid w:val="00D15717"/>
     <w:rsid w:val="00D2163C"/>
+    <w:rsid w:val="00D271F0"/>
     <w:rsid w:val="00D3588A"/>
-    <w:rsid w:val="00D641EC"/>
+    <w:rsid w:val="00D41A5F"/>
+    <w:rsid w:val="00D5721D"/>
     <w:rsid w:val="00D71ABA"/>
+    <w:rsid w:val="00D72D56"/>
     <w:rsid w:val="00D73A27"/>
-    <w:rsid w:val="00D7794A"/>
-    <w:rsid w:val="00DB266F"/>
+    <w:rsid w:val="00D81EE0"/>
+    <w:rsid w:val="00DA0472"/>
+    <w:rsid w:val="00DA506F"/>
     <w:rsid w:val="00DB3409"/>
-    <w:rsid w:val="00DB4CAA"/>
-    <w:rsid w:val="00DC72AF"/>
+    <w:rsid w:val="00DB3B0B"/>
+    <w:rsid w:val="00DB3BBC"/>
     <w:rsid w:val="00DC7E34"/>
     <w:rsid w:val="00DF4B07"/>
-    <w:rsid w:val="00E0767E"/>
+    <w:rsid w:val="00DF4CFF"/>
+    <w:rsid w:val="00E05C98"/>
     <w:rsid w:val="00E135C9"/>
+    <w:rsid w:val="00E17E71"/>
     <w:rsid w:val="00E22C1F"/>
     <w:rsid w:val="00E32BFD"/>
-    <w:rsid w:val="00E66D3B"/>
-    <w:rsid w:val="00E84E36"/>
+    <w:rsid w:val="00E57454"/>
+    <w:rsid w:val="00E61E62"/>
+    <w:rsid w:val="00E62325"/>
+    <w:rsid w:val="00E879F0"/>
     <w:rsid w:val="00E93725"/>
-    <w:rsid w:val="00E9602B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF55D6"/>
+    <w:rsid w:val="00ED071C"/>
+    <w:rsid w:val="00ED2D5E"/>
+    <w:rsid w:val="00EF03C9"/>
+    <w:rsid w:val="00F02FD9"/>
     <w:rsid w:val="00F05E1C"/>
-    <w:rsid w:val="00F241F8"/>
+    <w:rsid w:val="00F13F2A"/>
     <w:rsid w:val="00F243BD"/>
-    <w:rsid w:val="00F333AC"/>
+    <w:rsid w:val="00F272D3"/>
+    <w:rsid w:val="00F648CD"/>
+    <w:rsid w:val="00F74BDD"/>
     <w:rsid w:val="00F75D14"/>
     <w:rsid w:val="00F86A19"/>
-    <w:rsid w:val="00F92158"/>
     <w:rsid w:val="00F9400F"/>
+    <w:rsid w:val="00F9511F"/>
+    <w:rsid w:val="00FA1DB9"/>
     <w:rsid w:val="00FA57F8"/>
+    <w:rsid w:val="00FB384E"/>
     <w:rsid w:val="00FD1CE9"/>
     <w:rsid w:val="00FD3918"/>
     <w:rsid w:val="00FD4847"/>
-    <w:rsid w:val="2084A907"/>
-[...3 lines deleted...]
-    <w:rsid w:val="7277FA55"/>
+    <w:rsid w:val="00FD6AAB"/>
+    <w:rsid w:val="00FF0886"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4E3E1763"/>
-  <w15:docId w15:val="{336A5F78-ED6A-4B37-8B92-3C0964E1389C}"/>
+  <w14:docId w14:val="27D9DCB4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{43F6A686-75E0-4E10-99FA-72A9D0BF992A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="280" w:line="280" w:lineRule="exact"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2632,52 +2364,52 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="22" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Emphasis" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2724,53 +2456,53 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -2805,55 +2537,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -2925,119 +2657,119 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0044300F"/>
+    <w:rsid w:val="00D81EE0"/>
     <w:pPr>
-      <w:spacing w:before="140" w:line="240" w:lineRule="atLeast"/>
+      <w:spacing w:before="140" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326CCE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326CCE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift3Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00326CCE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="200" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -3066,81 +2798,81 @@
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BetreffZchn">
     <w:name w:val="Betreff Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Betreff"/>
     <w:rsid w:val="00C93ADA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Adresse">
     <w:name w:val="Adresse"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Betreff"/>
     <w:link w:val="AdresseZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00216B8B"/>
     <w:pPr>
-      <w:spacing w:before="1134" w:after="280" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="1134" w:after="280"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AdresseZchn">
     <w:name w:val="Adresse Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Adresse"/>
     <w:rsid w:val="00216B8B"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Signatur">
     <w:name w:val="Signatur"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="00FD3918"/>
+    <w:rsid w:val="007768A2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5046"/>
       </w:tabs>
       <w:spacing w:before="840"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brieftext">
     <w:name w:val="Brieftext"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00216B8B"/>
     <w:pPr>
-      <w:spacing w:before="280" w:after="140" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="280" w:after="140"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00326CCE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="TitelZchn"/>
     <w:uiPriority w:val="10"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -3158,418 +2890,423 @@
     <w:name w:val="Titel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Titel"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A604E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:sz w:val="29"/>
       <w:szCs w:val="29"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Untertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="UntertitelZchn"/>
     <w:uiPriority w:val="11"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00326CCE"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:before="420" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="420"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
     <w:name w:val="Untertitel Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Untertitel"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00326CCE"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Cambria" w:cstheme="majorBidi"/>
       <w:b/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Aufzhlung">
     <w:name w:val="Aufzählung"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00326CCE"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
-      <w:spacing w:before="0" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="0"/>
       <w:ind w:left="227" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="KopfzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00251C0B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B76262"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00251C0B"/>
+    <w:rsid w:val="003D3D85"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="212" w:lineRule="atLeast"/>
     </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B76262"/>
+    <w:rsid w:val="003D3D85"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
-      <w:sz w:val="21"/>
+      <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sprechblasentext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="SprechblasentextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00251C0B"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B76262"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Protokollaufzhlung">
     <w:name w:val="Protokollaufzählung"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="00216B8B"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FD6AAB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
-      <w:spacing w:before="0" w:line="280" w:lineRule="atLeast"/>
-      <w:ind w:left="794" w:hanging="227"/>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="454" w:hanging="227"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Protokolltext">
     <w:name w:val="Protokolltext"/>
     <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
     <w:rsid w:val="00216B8B"/>
     <w:pPr>
-      <w:spacing w:before="0" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="0"/>
       <w:ind w:left="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Traktandum">
     <w:name w:val="Traktandum"/>
     <w:basedOn w:val="Standard"/>
+    <w:qFormat/>
     <w:rsid w:val="00216B8B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="360"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
-      <w:spacing w:before="60" w:after="60" w:line="280" w:lineRule="atLeast"/>
+      <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="227" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Liste1">
     <w:name w:val="Liste 1"/>
     <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:next w:val="Listentext"/>
     <w:autoRedefine/>
-    <w:qFormat/>
-    <w:rsid w:val="00EF55D6"/>
+    <w:rsid w:val="00A445C6"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:spacing w:before="420" w:line="280" w:lineRule="exact"/>
+      <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listenaufzhlung">
     <w:name w:val="Listenaufzählung"/>
     <w:basedOn w:val="Standard"/>
     <w:qFormat/>
     <w:rsid w:val="00DC7E34"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:before="0" w:line="280" w:lineRule="exact"/>
       <w:ind w:left="794" w:hanging="227"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Liste11">
     <w:name w:val="Liste 1.1"/>
     <w:basedOn w:val="Liste1"/>
     <w:next w:val="Standard"/>
     <w:autoRedefine/>
-    <w:qFormat/>
-    <w:rsid w:val="00AF2255"/>
+    <w:rsid w:val="00805318"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="140"/>
       <w:ind w:left="567" w:hanging="567"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listentext">
     <w:name w:val="Listentext"/>
     <w:basedOn w:val="Listenaufzhlung"/>
-    <w:qFormat/>
     <w:rsid w:val="00216B8B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="140" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:left="567"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00326CCE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
     <w:name w:val="Überschrift 3 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00326CCE"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listeabc">
     <w:name w:val="Liste abc"/>
     <w:basedOn w:val="Listenaufzhlung"/>
-    <w:qFormat/>
-    <w:rsid w:val="002B7897"/>
+    <w:rsid w:val="00A471B5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="16"/>
+      </w:numPr>
+      <w:ind w:left="851" w:hanging="284"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Endnotentext">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="EndnotentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D3D85"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnotentextZchn">
+    <w:name w:val="Endnotentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Endnotentext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003D3D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Endnotenzeichen">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="EndnotentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D3D85"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="20"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbsatzStatuten">
+    <w:name w:val="Absatz Statuten"/>
+    <w:basedOn w:val="Listentext"/>
+    <w:rsid w:val="00283FB6"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
+      <w:spacing w:before="60"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="berarbeitung">
-[...4 lines deleted...]
-    <w:rsid w:val="00C94A4E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Protokollspalte">
+    <w:name w:val="Protokollspalte"/>
+    <w:basedOn w:val="Protokolltext"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F13F2A"/>
+    <w:pPr>
+      <w:ind w:left="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellenraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="005E281F"/>
     <w:pPr>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...17 lines deleted...]
-    <w:name w:val="annotation text"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
-    <w:link w:val="KommentartextZchn"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C94A4E"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00A445C6"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...54 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\UrsinaHollenstein\OneDrive%20-%20Gesewo\01%20Gesch&#228;ftsstelle%20(I)\Vorlagen\Gesewo%20Vorlagen\1_Word%20Vorlage%20Gesewo_23%2002%2009.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3830,52 +3567,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009D4AAED5182ADB438FB2AC19D9B32209" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="1596066c04aa26d89114609d44d49bda">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccae11bc-2bbb-4922-8660-60961a7e1c13" xmlns:ns3="2cad292d-d5e7-4853-89d9-79b33fa3da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4933687377b87fc501b57c0ff94dccd" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009D4AAED5182ADB438FB2AC19D9B32209" ma:contentTypeVersion="15" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="0324452acdca25ebc2d68dfcde9b9b31">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccae11bc-2bbb-4922-8660-60961a7e1c13" xmlns:ns3="2cad292d-d5e7-4853-89d9-79b33fa3da8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="513248dabfdf78ce2954824cf6ae8869" ns2:_="" ns3:_="">
     <xsd:import namespace="ccae11bc-2bbb-4922-8660-60961a7e1c13"/>
     <xsd:import namespace="2cad292d-d5e7-4853-89d9-79b33fa3da8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4065,160 +3802,158 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...13 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccae11bc-2bbb-4922-8660-60961a7e1c13">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="2cad292d-d5e7-4853-89d9-79b33fa3da8e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FC31F07-755E-46C6-878A-25D1A5C273FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{181F5F72-4A9B-4F0D-8AF7-F87A2E32C77F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ccae11bc-2bbb-4922-8660-60961a7e1c13"/>
     <ds:schemaRef ds:uri="2cad292d-d5e7-4853-89d9-79b33fa3da8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15A8B5E3-5509-4C5E-A565-9A72BC646D42}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68F4B26A-BCD5-4D86-A532-720530B6E0AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F054540-B27F-4A7B-82BF-015E1AA3594A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4A91BE2-1598-479B-810F-B014C72F0BBE}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD4FF357-7E03-46BD-BB18-33D215D0445D}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ccae11bc-2bbb-4922-8660-60961a7e1c13"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="2cad292d-d5e7-4853-89d9-79b33fa3da8e"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>1_Word Vorlage Gesewo_23 02 09.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1360</Words>
-  <Characters>8573</Characters>
+  <Words>1346</Words>
+  <Characters>8487</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
+  <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Martin Geilinger und Partner</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9914</CharactersWithSpaces>
+  <CharactersWithSpaces>9814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Carole Haeberli</dc:creator>
+  <dc:title/>
+  <dc:creator>Ursina Hollenstein</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009D4AAED5182ADB438FB2AC19D9B32209</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>